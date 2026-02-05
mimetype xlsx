--- v0 (2025-11-16)
+++ v1 (2026-02-05)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileshr01\adminshr$\HumanResources\Open Enrollment\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE387010-9BE2-4D27-91FE-2827E03B198B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20E3D1D0-7AF6-4CA1-BB4A-333724C0DBA6}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="30930" windowHeight="16770" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B18" i="1" l="1"/>
   <c r="F26" i="1" l="1"/>
   <c r="F25" i="1"/>
   <c r="F24" i="1"/>
   <c r="F23" i="1"/>
   <c r="G17" i="1" l="1"/>
   <c r="B20" i="1"/>
   <c r="B74" i="1"/>
   <c r="B42" i="1"/>
   <c r="B25" i="1"/>
   <c r="B27" i="1" s="1"/>
   <c r="B23" i="1"/>
   <c r="B32" i="1" l="1"/>
@@ -84,58 +84,55 @@
   <c r="B58" i="1"/>
   <c r="B82" i="1" l="1"/>
   <c r="B84" i="1" s="1"/>
   <c r="B46" i="1"/>
   <c r="B50" i="1" s="1"/>
   <c r="I13" i="1" s="1"/>
   <c r="B59" i="1"/>
   <c r="B62" i="1" s="1"/>
   <c r="B66" i="1" s="1"/>
   <c r="I12" i="1"/>
   <c r="C36" i="1"/>
   <c r="I15" i="1" l="1"/>
   <c r="C82" i="1"/>
   <c r="C84" i="1" s="1"/>
   <c r="C50" i="1"/>
   <c r="B52" i="1"/>
   <c r="C52" i="1" s="1"/>
   <c r="I14" i="1"/>
   <c r="C66" i="1"/>
   <c r="B68" i="1"/>
   <c r="C68" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="45">
   <si>
     <t>Level of Coverage</t>
   </si>
   <si>
-    <t>You and Your Spouse</t>
-[...1 lines deleted...]
-  <si>
     <t>You and Your Child(ren)</t>
   </si>
   <si>
     <t>Your annualized salary from your Benefit Statement</t>
   </si>
   <si>
     <t>Biweekly</t>
   </si>
   <si>
     <t>You and Child(ren)</t>
   </si>
   <si>
     <t>Single</t>
   </si>
   <si>
     <t>The dependent premium from above</t>
   </si>
   <si>
     <t>You and Your Family</t>
   </si>
   <si>
     <t>(not to exceed 100%)</t>
   </si>
   <si>
     <t>This is your monthly cost for dependent health ins.</t>
@@ -174,99 +171,99 @@
     <t>Colgate Couple with Child(ren)</t>
   </si>
   <si>
     <t>University Contribution</t>
   </si>
   <si>
     <t>Total Monthly Premium</t>
   </si>
   <si>
     <t>Total Dependent Monthly Premium</t>
   </si>
   <si>
     <t xml:space="preserve">Health and dental premiums are payroll deducted on a pre-tax basis, which reduces the amount of taxable income.  The employee's additional contribution for coverage for the domestic partner and/or the domestic partner's children must be made on a post-tax basis unless they qualify as the employee's dependents for federal income tax purposes. </t>
   </si>
   <si>
     <t>Health and Prescription Drug</t>
   </si>
   <si>
     <t xml:space="preserve"> The below premiums represent the health and prescription drug rates combined; </t>
   </si>
   <si>
     <t>your specific deductions will appear separately on your paystub</t>
   </si>
   <si>
     <t>You and Your Spouse/Partner</t>
-  </si>
-[...1 lines deleted...]
-    <t>for Active, Benefit Eligible Employees</t>
   </si>
   <si>
     <t>Divide your annualized salary by 1725</t>
   </si>
   <si>
     <t>***Make sure monthly rates are an even number</t>
   </si>
   <si>
     <t>&lt;50k</t>
   </si>
   <si>
     <t>50-100k</t>
   </si>
   <si>
     <t>100-150k</t>
   </si>
   <si>
     <t>150k+</t>
   </si>
   <si>
     <t>Check</t>
   </si>
   <si>
     <t>Single Coverage: Employee contribution is determined by 4 salary tiers; less than $50,000, 50,000-99,999, 100,000-149,999, and greater than $150,000.</t>
   </si>
   <si>
     <t>Salary
 Cap % &amp; $</t>
   </si>
   <si>
     <t>Total monthly contribution</t>
   </si>
   <si>
     <t>Total per pay period contribution</t>
   </si>
   <si>
     <t>Semi-Monthly</t>
   </si>
   <si>
     <t>2026 INSURANCE PREMIUM WORKSHEET</t>
   </si>
   <si>
     <t>Dependent Coverage: Colgate’s contribution to the cost of dependent health insurance is based on salary.  Every employee contributes a base of 16.5% of the dependent health premium.  Employees are responsible for an extra 1% of the premium for every $1,725 of annualized base salary.  If your salary changes, your contribution will automatically change.</t>
   </si>
   <si>
     <t>16.5% base cost of dependent premium</t>
+  </si>
+  <si>
+    <t>for Active, Non-SECI Union Benefit Eligible Employees</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00;&quot;$&quot;\(#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -997,1062 +994,1062 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="50.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" hidden="1" customWidth="1"/>
     <col min="6" max="7" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="8.140625" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="19.5" x14ac:dyDescent="0.3">
       <c r="A1" s="53" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
     </row>
     <row r="2" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="54" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B2" s="54"/>
       <c r="C2" s="54"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
     </row>
     <row r="3" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="54" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="B3" s="54"/>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
     </row>
     <row r="5" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="55" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B5" s="55"/>
       <c r="C5" s="55"/>
       <c r="D5" s="55"/>
       <c r="E5" s="55"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
     </row>
     <row r="6" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="62" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B6" s="62"/>
       <c r="C6" s="62"/>
       <c r="D6" s="62"/>
       <c r="E6" s="47"/>
       <c r="F6" s="23"/>
       <c r="G6" s="23"/>
       <c r="H6" s="23"/>
       <c r="I6" s="23"/>
     </row>
     <row r="7" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A7" s="62" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B7" s="62"/>
       <c r="C7" s="62"/>
       <c r="D7" s="62"/>
       <c r="E7" s="47"/>
       <c r="F7" s="23"/>
       <c r="G7" s="23"/>
       <c r="H7" s="23"/>
       <c r="I7" s="23"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="36">
-        <v>55000</v>
+        <v>75220</v>
       </c>
       <c r="J8" s="15">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B9" s="37"/>
       <c r="C9" s="24"/>
       <c r="E9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="51" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I10" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B11" s="51">
         <v>900.44</v>
       </c>
       <c r="C11" s="30">
         <v>0</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F11" s="38">
         <v>50</v>
       </c>
       <c r="G11" s="39">
         <v>49999.99</v>
       </c>
       <c r="I11" s="40">
         <f>B18</f>
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" s="51">
         <v>1980.9</v>
       </c>
       <c r="C12" s="30">
         <f>B12-B11</f>
         <v>1080.46</v>
       </c>
       <c r="E12" s="41" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F12" s="38">
         <v>70</v>
       </c>
       <c r="G12" s="39">
         <v>99999.99</v>
       </c>
       <c r="I12" s="40">
         <f>B34</f>
-        <v>592.94000000000005</v>
+        <v>719.36</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B13" s="51">
         <v>1539.72</v>
       </c>
       <c r="C13" s="30">
         <f>B13-B11</f>
         <v>639.28</v>
       </c>
       <c r="E13" s="41" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F13" s="38">
         <v>100</v>
       </c>
       <c r="G13" s="39">
         <v>149999.99</v>
       </c>
       <c r="I13" s="40">
         <f>B50</f>
-        <v>379.41</v>
+        <v>454.21</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B14" s="51">
         <v>2422.12</v>
       </c>
       <c r="C14" s="30">
         <f>B14-B11</f>
         <v>1521.6799999999998</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F14" s="38">
         <v>150</v>
       </c>
       <c r="G14" s="39" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="I14" s="40">
         <f>B66</f>
-        <v>779.17</v>
+        <v>984.53</v>
       </c>
       <c r="K14" s="42"/>
       <c r="L14" s="42"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B15" s="51">
         <v>2422.12</v>
       </c>
       <c r="C15" s="11">
         <f>B15-B11-B11</f>
         <v>621.23999999999978</v>
       </c>
       <c r="E15" s="4"/>
       <c r="I15" s="40">
         <f>B82</f>
-        <v>440.68</v>
+        <v>513.37</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="5"/>
     </row>
     <row r="17" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="43" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F17" s="44">
         <v>0.17</v>
       </c>
       <c r="G17" s="45">
         <f>ROUND(C8/12*$F$17,2)</f>
-        <v>779.17</v>
+        <v>1065.6199999999999</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" s="50">
         <f>IF(C8&gt;G13,F14,IF(C8&gt;G12,F13,IF(C8&gt;G11,F12,F11)))</f>
         <v>70</v>
       </c>
       <c r="C18" s="8">
         <f>B11-B18</f>
         <v>830.44</v>
       </c>
       <c r="E18" s="25"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="9"/>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B20" s="11">
         <f>B18/2</f>
         <v>35</v>
       </c>
       <c r="C20" s="11">
         <f>B11/2-B20</f>
         <v>415.22</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B21" s="5"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B22" s="12"/>
     </row>
     <row r="23" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B23" s="13">
         <f>C8</f>
-        <v>55000</v>
+        <v>75220</v>
       </c>
       <c r="C23" s="14"/>
       <c r="F23" s="46">
         <f>811.19/2</f>
         <v>405.59500000000003</v>
       </c>
     </row>
     <row r="24" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B24" s="35">
         <v>1725</v>
       </c>
       <c r="C24" s="14"/>
       <c r="F24" s="46">
         <f>1784.61/2</f>
         <v>892.30499999999995</v>
       </c>
     </row>
     <row r="25" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B25" s="34">
         <f>ROUND(((C8/B24)/100),3)</f>
-        <v>0.31900000000000001</v>
+        <v>0.436</v>
       </c>
       <c r="C25" s="15"/>
       <c r="F25" s="46">
         <f>1387.14/2</f>
         <v>693.57</v>
       </c>
     </row>
     <row r="26" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B26" s="34">
         <v>0.16500000000000001</v>
       </c>
       <c r="C26" s="14"/>
       <c r="F26" s="46">
         <f>2182.09/2</f>
         <v>1091.0450000000001</v>
       </c>
     </row>
     <row r="27" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B27" s="34">
         <f>IF(((B25+B26)&gt;J8),1,(B25+B26))</f>
-        <v>0.48399999999999999</v>
+        <v>0.60099999999999998</v>
       </c>
       <c r="C27" s="15"/>
     </row>
     <row r="28" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B28" s="16"/>
       <c r="C28" s="17"/>
     </row>
     <row r="29" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B29" s="18">
         <f>C12</f>
         <v>1080.46</v>
       </c>
       <c r="C29" s="19"/>
     </row>
     <row r="30" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B30" s="8">
         <f>ROUND(MIN(B29,(B29*B27)),2)</f>
-        <v>522.94000000000005</v>
+        <v>649.36</v>
       </c>
       <c r="C30" s="14"/>
     </row>
     <row r="31" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A31" s="9"/>
       <c r="B31" s="16"/>
       <c r="C31" s="17"/>
     </row>
     <row r="32" spans="1:7" hidden="1" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B32" s="18">
         <f>B18</f>
         <v>70</v>
       </c>
       <c r="C32" s="19"/>
     </row>
     <row r="33" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A33" s="9"/>
       <c r="B33" s="21"/>
       <c r="C33" s="17"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B34" s="50">
         <f>IF((B30+B32)&gt;$G$17,$G$17,(B30+B32))</f>
-        <v>592.94000000000005</v>
+        <v>719.36</v>
       </c>
       <c r="C34" s="8">
         <f>SUM(B11+C12-B34)</f>
-        <v>1387.96</v>
+        <v>1261.54</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="9"/>
       <c r="B35" s="10"/>
       <c r="C35" s="10"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B36" s="11">
         <f>B34/2</f>
-        <v>296.47000000000003</v>
+        <v>359.68</v>
       </c>
       <c r="C36" s="11">
         <f>SUM(B11+C12)/2-B36</f>
-        <v>693.98</v>
+        <v>630.77</v>
       </c>
       <c r="J36" s="25"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B37" s="5"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B38" s="12"/>
     </row>
     <row r="39" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B39" s="22">
         <f>C8</f>
-        <v>55000</v>
+        <v>75220</v>
       </c>
       <c r="C39" s="14"/>
     </row>
     <row r="40" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B40" s="35">
         <v>1725</v>
       </c>
       <c r="C40" s="14"/>
     </row>
     <row r="41" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B41" s="34">
         <f>ROUND(((C8/B40)/100),3)</f>
-        <v>0.31900000000000001</v>
+        <v>0.436</v>
       </c>
       <c r="C41" s="15"/>
     </row>
     <row r="42" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B42" s="34">
         <f>$B$26</f>
         <v>0.16500000000000001</v>
       </c>
       <c r="C42" s="14"/>
     </row>
     <row r="43" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B43" s="34">
         <f>IF(((B41+B42)&gt;J8),1,(B41+B42))</f>
-        <v>0.48399999999999999</v>
+        <v>0.60099999999999998</v>
       </c>
       <c r="C43" s="15"/>
     </row>
     <row r="44" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B44" s="16"/>
       <c r="C44" s="17"/>
     </row>
     <row r="45" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B45" s="18">
         <f>C13</f>
         <v>639.28</v>
       </c>
       <c r="C45" s="19"/>
     </row>
     <row r="46" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A46" s="20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B46" s="8">
         <f>ROUND(MIN(B45,(B45*B43)),2)</f>
-        <v>309.41000000000003</v>
+        <v>384.21</v>
       </c>
       <c r="C46" s="14"/>
     </row>
     <row r="47" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A47" s="9"/>
       <c r="B47" s="16"/>
       <c r="C47" s="17"/>
     </row>
     <row r="48" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B48" s="18">
         <f>B18</f>
         <v>70</v>
       </c>
       <c r="C48" s="19"/>
     </row>
     <row r="49" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A49" s="9"/>
       <c r="B49" s="21"/>
       <c r="C49" s="17"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B50" s="50">
         <f>IF((B46+B48)&gt;$G$17,$G$17,(B46+B48))</f>
-        <v>379.41</v>
+        <v>454.21</v>
       </c>
       <c r="C50" s="8">
         <f>B11+C13-B50</f>
-        <v>1160.31</v>
+        <v>1085.51</v>
       </c>
       <c r="F50" s="25"/>
       <c r="K50" s="25"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A51" s="9"/>
       <c r="B51" s="10"/>
       <c r="C51" s="10"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B52" s="11">
         <f>B50/2</f>
-        <v>189.70500000000001</v>
+        <v>227.10499999999999</v>
       </c>
       <c r="C52" s="11">
         <f>(B11+C13)/2-B52</f>
-        <v>580.15499999999997</v>
+        <v>542.755</v>
       </c>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B53" s="5"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A54" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B54" s="12"/>
     </row>
     <row r="55" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B55" s="22">
         <f>C8</f>
-        <v>55000</v>
+        <v>75220</v>
       </c>
       <c r="C55" s="14"/>
     </row>
     <row r="56" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B56" s="35">
         <v>1725</v>
       </c>
       <c r="C56" s="14"/>
     </row>
     <row r="57" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B57" s="34">
         <f>ROUND(((C8/B56)/100),3)</f>
-        <v>0.31900000000000001</v>
+        <v>0.436</v>
       </c>
       <c r="C57" s="15"/>
     </row>
     <row r="58" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B58" s="34">
         <f>$B$26</f>
         <v>0.16500000000000001</v>
       </c>
       <c r="C58" s="14"/>
     </row>
     <row r="59" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B59" s="34">
         <f>IF(((B57+B58)&gt;J8),1,(B57+B58))</f>
-        <v>0.48399999999999999</v>
+        <v>0.60099999999999998</v>
       </c>
       <c r="C59" s="15"/>
     </row>
     <row r="60" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B60" s="16"/>
       <c r="C60" s="17"/>
     </row>
     <row r="61" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B61" s="18">
         <f>C14</f>
         <v>1521.6799999999998</v>
       </c>
       <c r="C61" s="19"/>
     </row>
     <row r="62" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A62" s="20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B62" s="8">
         <f>ROUND(MIN(B61,(B61*B59)),2)</f>
-        <v>736.49</v>
+        <v>914.53</v>
       </c>
       <c r="C62" s="14"/>
     </row>
     <row r="63" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A63" s="9"/>
       <c r="B63" s="16"/>
       <c r="C63" s="17"/>
     </row>
     <row r="64" spans="1:11" hidden="1" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B64" s="18">
         <f>B18</f>
         <v>70</v>
       </c>
       <c r="C64" s="19"/>
     </row>
     <row r="65" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A65" s="9"/>
       <c r="B65" s="21"/>
       <c r="C65" s="17"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B66" s="50">
         <f>IF((B62+B64)&gt;$G$17,$G$17,(B62+B64))</f>
-        <v>779.17</v>
+        <v>984.53</v>
       </c>
       <c r="C66" s="8">
         <f>B11+C14-B66</f>
-        <v>1642.9499999999998</v>
+        <v>1437.59</v>
       </c>
       <c r="F66" s="25"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A67" s="9"/>
       <c r="B67" s="10"/>
       <c r="C67" s="10"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B68" s="11">
         <f>B66/2</f>
-        <v>389.58499999999998</v>
+        <v>492.26499999999999</v>
       </c>
       <c r="C68" s="11">
         <f>(B11+C14)/2-B68</f>
-        <v>821.47499999999991</v>
+        <v>718.79499999999996</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B69" s="5"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A70" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B70" s="12"/>
     </row>
     <row r="71" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B71" s="22">
         <f>C8</f>
-        <v>55000</v>
+        <v>75220</v>
       </c>
       <c r="C71" s="14"/>
     </row>
     <row r="72" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B72" s="35">
         <v>1725</v>
       </c>
       <c r="C72" s="14"/>
     </row>
     <row r="73" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B73" s="34">
         <f>ROUND(((C8/B72)/100),3)</f>
-        <v>0.31900000000000001</v>
+        <v>0.436</v>
       </c>
       <c r="C73" s="15"/>
     </row>
     <row r="74" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B74" s="34">
         <f>$B$26</f>
         <v>0.16500000000000001</v>
       </c>
       <c r="C74" s="14"/>
     </row>
     <row r="75" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B75" s="34">
         <f>IF(((B73+B74)&gt;J8),1,(B73+B74))</f>
-        <v>0.48399999999999999</v>
+        <v>0.60099999999999998</v>
       </c>
       <c r="C75" s="15"/>
     </row>
     <row r="76" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B76" s="16"/>
       <c r="C76" s="17"/>
     </row>
     <row r="77" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B77" s="18">
         <f>C15</f>
         <v>621.23999999999978</v>
       </c>
       <c r="C77" s="19"/>
     </row>
     <row r="78" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B78" s="8">
         <f>ROUND(MIN(B77,(B77*B75)),2)</f>
-        <v>300.68</v>
+        <v>373.37</v>
       </c>
       <c r="C78" s="14"/>
     </row>
     <row r="79" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B79" s="16"/>
       <c r="C79" s="17"/>
     </row>
     <row r="80" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B80" s="18">
         <f>B18*2</f>
         <v>140</v>
       </c>
       <c r="C80" s="19"/>
     </row>
     <row r="81" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
       <c r="A81" s="9"/>
       <c r="B81" s="21"/>
       <c r="C81" s="17"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B82" s="50">
         <f>IF((B78+B80)&gt;$G$17,$G$17,(B78+B80))</f>
-        <v>440.68</v>
+        <v>513.37</v>
       </c>
       <c r="C82" s="8">
         <f>C15+B11+B11-B82</f>
-        <v>1981.4399999999998</v>
+        <v>1908.75</v>
       </c>
       <c r="F82" s="25"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A83" s="9"/>
       <c r="B83" s="10"/>
       <c r="C83" s="10"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B84" s="11">
         <f>B82/2</f>
-        <v>220.34</v>
+        <v>256.685</v>
       </c>
       <c r="C84" s="11">
         <f>C82/2</f>
-        <v>990.71999999999991</v>
+        <v>954.375</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B85" s="24"/>
     </row>
     <row r="86" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="57" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B86" s="57"/>
       <c r="C86" s="57"/>
       <c r="D86" s="57"/>
       <c r="E86" s="48"/>
     </row>
     <row r="87" spans="1:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="58" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B87" s="58"/>
       <c r="C87" s="58"/>
       <c r="D87" s="58"/>
       <c r="E87" s="49"/>
     </row>
     <row r="88" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="56" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B88" s="56"/>
       <c r="C88" s="56"/>
       <c r="D88" s="56"/>
       <c r="E88" s="48"/>
     </row>
     <row r="89" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="90" spans="1:9" ht="18.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A90" s="59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B90" s="59"/>
       <c r="C90" s="59"/>
       <c r="D90" s="59"/>
       <c r="E90" s="26"/>
       <c r="F90" s="23"/>
       <c r="G90" s="23"/>
       <c r="H90" s="23"/>
       <c r="I90" s="23"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B91" s="27"/>
       <c r="C91" s="60" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D91" s="61"/>
       <c r="E91" s="28"/>
       <c r="F91" s="28"/>
       <c r="G91" s="28"/>
       <c r="H91" s="28"/>
       <c r="I91" s="28"/>
     </row>
     <row r="92" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D92" s="29" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B93" s="30">
         <v>40.08</v>
       </c>
       <c r="C93" s="30">
         <v>0</v>
       </c>
       <c r="D93" s="30">
         <v>1E-3</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="B94" s="30">
         <v>84.14</v>
       </c>
       <c r="C94" s="30">
         <v>22.03</v>
       </c>
       <c r="D94" s="30">
         <v>20.02</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B95" s="30">
         <v>80.2</v>
       </c>
       <c r="C95" s="30">
         <v>20.059999999999999</v>
       </c>
       <c r="D95" s="30">
         <v>18.21</v>
       </c>
       <c r="H95" s="25"/>
       <c r="I95" s="25"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B96" s="30">
         <v>103.66</v>
       </c>
       <c r="C96" s="30">
         <v>31.79</v>
       </c>
       <c r="D96" s="30">
         <v>28.88</v>
       </c>
       <c r="H96" s="25"/>
       <c r="I96" s="25"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B97" s="11">
         <v>103.66</v>
       </c>
       <c r="C97" s="11">
         <v>11.75</v>
       </c>
       <c r="D97" s="11">
         <v>10.66</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A98" s="4"/>
       <c r="B98" s="31"/>
       <c r="C98" s="31"/>
       <c r="D98" s="31"/>
     </row>
     <row r="99" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A99" s="32"/>
       <c r="B99" s="32"/>
       <c r="C99" s="32"/>
       <c r="D99" s="32"/>
     </row>
     <row r="100" spans="1:9" ht="50.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A100" s="52" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B100" s="52"/>
       <c r="C100" s="52"/>
       <c r="D100" s="52"/>
       <c r="E100" s="33"/>
       <c r="F100" s="33"/>
       <c r="G100" s="33"/>
       <c r="H100" s="33"/>
       <c r="I100" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="VmyJ5kMb4bWJHoQCvHziOBuX5hKfS/AjuilUnvCik51z4wRxnMRAoszD+u6wejUFARM9elWZpkpx3/S3KHoWyQ==" saltValue="frZ2s947kUxjYvUhG0snIQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="+7wzLf2v/Tv27zO1HSO0/Ia5UF77MEUH5DoEdNN1W8WX7yYFRnm9sULa1HVNiRtlDdZrahBiuwkWcCgYJlsZlA==" saltValue="sEou+YlqDcQEk2V2SmIBzQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="C8" name="Range1"/>
   </protectedRanges>
   <mergeCells count="12">
     <mergeCell ref="A100:D100"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A88:D88"/>
     <mergeCell ref="A86:D86"/>
     <mergeCell ref="A87:D87"/>
     <mergeCell ref="A90:D90"/>
     <mergeCell ref="C91:D91"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>